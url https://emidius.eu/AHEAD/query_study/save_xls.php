--- v0 (2025-10-13)
+++ v1 (2025-11-10)
@@ -296,63 +296,63 @@
   <si>
     <t>ALBI020b</t>
   </si>
   <si>
     <t>Albini, 2020b</t>
   </si>
   <si>
     <t>Albini P., 2020. Documenting Earthquakes in the United States of the Ionian Islands, 1815-1864. Seismological Research Letters 91, 5, 2554-2562. https://doi.org/10.1785/0220200056</t>
   </si>
   <si>
     <t>ALSAL996</t>
   </si>
   <si>
     <t>Alessio et al., 1996</t>
   </si>
   <si>
     <t>Alessio G., Esposito E., Ferranti L., Mastrolorenzo G., Porfido S., 1996. Correlazione tra sismicità ed elementi strutturali nell'Isola d'Ischia. Il Quaternario 9, 1, 303-308.</t>
   </si>
   <si>
     <t>ALEAX012</t>
   </si>
   <si>
     <t>Alexandre and Alexandre, 2012</t>
   </si>
   <si>
-    <t>Alexandre P., Alexandre D., 2012. Les séismes en Europe orientale au Moyen Âge. Ciel et Terre 128, 6, 162-175. https://hdl.handle.net/2268/145560</t>
+    <t>Alexandre P., Alexandre-Lamotte D., 2012. Les séismes en Europe orientale au Moyen Âge. Ciel et Terre 128, 6, 162-175. https://hdl.handle.net/2268/145560</t>
   </si>
   <si>
     <t>French</t>
   </si>
   <si>
     <t>ALEAX018</t>
   </si>
   <si>
     <t>Alexandre and Alexandre, 2018</t>
   </si>
   <si>
-    <t>Alexandre P., Alexandre D., 2018. Les séismes en Europe orientale au Moyen Âge (suite): Les tremblement de terre du 5 Juin 1443 et du 29 Août 1471 - Les séismes en Prusse et en Dalmatie. Ciel et Terre 134, 1, 2-20. https://hdl.handle.net/</t>
+    <t>Alexandre P., Alexandre-Lamotte D., 2018. Les séismes en Europe orientale au Moyen Âge (suite): Les tremblement de terre du 5 Juin 1443 et du 29 Août 1471 - Les séismes en Prusse et en Dalmatie. Ciel et Terre 134, 1, 2-20. https://hdl.handle.net/2268/222145</t>
   </si>
   <si>
     <t>ALEVO994</t>
   </si>
   <si>
     <t>Alexandre and Vogt, 1994</t>
   </si>
   <si>
     <t>Alexandre P., Vogt J., 1994. La crise séismique de 1755-1762 en Europe du Nord-Ouest. Les secousses des 26 et 27.12.1755: recensement des matériaux. In: P. Albini and A. Moroni (eds.), Materials of the CEC project "Review of Historical Seismicity in Europe", CNR, Milano, vol. 2, pp. 37-76.</t>
   </si>
   <si>
     <t>ALEAL008</t>
   </si>
   <si>
     <t>Alexandre et al., 2008</t>
   </si>
   <si>
     <t>Alexandre P., Kusman D., Petermans T., Camelbeek T., 2008. The 18 September 1692 Earthquake in the Belgian Ardenne and its aftershocks. In: J. Fréchet, M. Meghraoui, M. Stucchi (eds.), Historical Seismology, Interdisciplinary Studies of Past and Recent Earthquakes, Springer, 209-230. https://doi.org/10.1007/978-1-4020-8222-1_10</t>
   </si>
   <si>
     <t>ALEX990</t>
   </si>
   <si>
     <t>Alexandre, 1990</t>
   </si>
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 13th October 2025 at 14:33 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 11th November 2025 at 00:09 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>