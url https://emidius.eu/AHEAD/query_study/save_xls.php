--- v1 (2025-11-10)
+++ v2 (2025-12-01)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 11th November 2025 at 00:09 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 1st December 2025 at 07:26 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>