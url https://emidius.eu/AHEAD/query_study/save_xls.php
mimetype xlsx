--- v2 (2025-12-01)
+++ v3 (2025-12-25)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 1st December 2025 at 07:26 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 25th December 2025 at 22:40 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3691,51 +3691,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-7154-0" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_2alb/ii_2alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/222145" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_4ale/ii_4ale.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/content/102896/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridge.org/uk/catalogue/catalogue.asp?isbn=9780521020251" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bookshop.europa.eu/is-bin/INTERSHOP.enfinity/WFS/EU-Bookshop-Site/en_GB/-/EUR/ViewPublication-Start?PublicationKey=CDNA13408" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_1amb/ii_1amb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/185003901" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/242220424_Two_significant_earthquakes_in_the_Rhine_Valley_at_the_end_of_the_18th_century_The_events_of_December_6_1795_and_April_20_1796" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.haupt.ch/Verlag/Buecher/Natur/Erde-Klima-Wasser/Nachbeben.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_19gla/ii_19gla.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.geobasis-bb.de/geodaten/lbgr/lbgr_2-1998.htm#Gruenthal" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mainz.de/nhm/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.geobasis-bb.de/geodaten/lbgr/lbgr_2-1995.htm#Gruenthal" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfzpublic.gfz-potsdam.de/pubman/item/item_227031" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:230144:1" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:226977:1" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hraun.vedur.is/ja/ymislegt/storskjalf.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iagpds.ugr.es/pages/informacion_divulgacion" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.geoscienceworld.org/ssa/bssa/article/88/2/319/120291/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/gshap/neurasia/nordasiacat.txt" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgr.bund.de/EN/Themen/Seismologie/Erdbebenauswertung_en/Erdbebenkataloge_en/historische_Kataloge/germany_en.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_3mak/ii_3mak.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idl.ul.pt/bol_sismicos/catalogo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgg-online.de/mitteilungen/2001_4/fulda.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:230168:1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.earthquakes.bgs.ac.uk/earthquakes/UKhistoric/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:227005:1" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.astro.oma.be/SEISMO/index.php/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://seismologie.be/fr/seismologie/sismicite-en-belgique/catalogue-historique" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icgc.cat/en/content/download/74257/638760/version/1/file/IGC_2006_sismologia_segles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://store.ziti.gr/4d$view?id=201054-03DB2995&amp;seq=378" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/242540469_The_earthquake_in_Unterwalden_on_September_18_1601_A_historico-critical_macroseismic_evaluation" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgr.bund.de/EN/Themen/Seismologie/Erdbebenauswertung_en/Erdbebenkataloge_en/historische_Kataloge/EU_centr_south_en.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/i_15sou/i_15sou.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icgc.cat/en/Maps-and-geoinformation/Publicacions/Atlases/Seismicity-catalogue" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seismo.helsinki.fi/bulletin/list/catalog/Scandia_updated.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:226991:1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/i_16vog/i_16vog.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alsace.revues.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emidius.eu/AHEAD/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-7154-0" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_2alb/ii_2alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/222145" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_4ale/ii_4ale.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/content/102896/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridge.org/uk/catalogue/catalogue.asp?isbn=9780521020251" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bookshop.europa.eu/is-bin/INTERSHOP.enfinity/WFS/EU-Bookshop-Site/en_GB/-/EUR/ViewPublication-Start?PublicationKey=CDNA13408" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_1amb/ii_1amb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/185003901" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/242220424_Two_significant_earthquakes_in_the_Rhine_Valley_at_the_end_of_the_18th_century_The_events_of_December_6_1795_and_April_20_1796" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.haupt.ch/Verlag/Buecher/Natur/Erde-Klima-Wasser/Nachbeben.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_19gla/ii_19gla.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.geobasis-bb.de/geodaten/lbgr/lbgr_2-1998.htm#Gruenthal" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mainz.de/nhm/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.geobasis-bb.de/geodaten/lbgr/lbgr_2-1995.htm#Gruenthal" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfzpublic.gfz-potsdam.de/pubman/item/item_227031" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:230144:1" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:226977:1" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hraun.vedur.is/ja/ymislegt/storskjalf.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iagpds.ugr.es/pages/informacion_divulgacion" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.geoscienceworld.org/ssa/bssa/article/88/2/319/120291/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/gshap/neurasia/nordasiacat.txt" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgr.bund.de/EN/Themen/Seismologie/Erdbebenauswertung_en/Erdbebenkataloge_en/historische_Kataloge/germany_en.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_3mak/ii_3mak.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idl.ul.pt/bol_sismicos/catalogo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgg-online.de/mitteilungen/2001_4/fulda.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:230168:1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ign.es/web/ign/portal/sismicidad-historica" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.earthquakes.bgs.ac.uk/earthquakes/UKhistoric/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://quakes.bgs.ac.uk/historical/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:227005:1" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.astro.oma.be/SEISMO/index.php/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://seismologie.be/fr/seismologie/sismicite-en-belgique/catalogue-historique" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icgc.cat/en/content/download/74257/638760/version/1/file/IGC_2006_sismologia_segles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://store.ziti.gr/4d$view?id=201054-03DB2995&amp;seq=378" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/242540469_The_earthquake_in_Unterwalden_on_September_18_1601_A_historico-critical_macroseismic_evaluation" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgr.bund.de/EN/Themen/Seismologie/Erdbebenauswertung_en/Erdbebenkataloge_en/historische_Kataloge/EU_centr_south_en.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/i_15sou/i_15sou.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icgc.cat/en/Maps-and-geoinformation/Publicacions/Atlases/Seismicity-catalogue" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macroseismology.geol.uoa.gr/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seismo.helsinki.fi/bulletin/list/catalog/Scandia_updated.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gfzpublic.gfz-potsdam.de/pubman/item/escidoc:226991:1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/i_16vog/i_16vog.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alsace.revues.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emidius.eu/AHEAD/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H369"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="200" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -5204,57 +5204,57 @@
       </c>
       <c r="F66">
         <v>1</v>
       </c>
       <c r="G66">
         <v>6</v>
       </c>
       <c r="H66" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>208</v>
       </c>
       <c r="B67" t="s">
         <v>209</v>
       </c>
       <c r="C67" t="s">
         <v>210</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F67">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G67">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>211</v>
       </c>
       <c r="B68" t="s">
         <v>212</v>
       </c>
       <c r="C68" t="s">
         <v>213</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>214</v>