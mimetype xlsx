--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 25th December 2025 at 22:40 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 15th January 2026 at 12:32 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>