--- v4 (2026-01-15)
+++ v5 (2026-02-07)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 15th January 2026 at 12:32 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 7th February 2026 at 15:53 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>