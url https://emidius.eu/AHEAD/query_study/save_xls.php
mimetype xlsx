--- v5 (2026-02-07)
+++ v6 (2026-03-05)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 7th February 2026 at 15:53 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 5th March 2026 at 11:54 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3852,51 +3852,51 @@
       </c>
       <c r="H5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7">
         <v>36</v>
       </c>
     </row>