--- v6 (2026-03-05)
+++ v7 (2026-03-25)
@@ -3335,51 +3335,51 @@
   <si>
     <t>Zsìros, 1997</t>
   </si>
   <si>
     <t>Zsìros T., 1997. Investigation of earthquakes (1400-1899) in Hungary. Internal report for the BEECD project. Seismological Observatory, Budapest, 16 pp.</t>
   </si>
   <si>
     <t>ZSIR006</t>
   </si>
   <si>
     <t>Zsìros, 2006</t>
   </si>
   <si>
     <t>Zsìros T., 2006. Ermellek seismic source zone. Acta Geod. Geoph. Hung., 41, 2, 237-247. https://doi.org/10.1556/AGeod.41.2006.2.8</t>
   </si>
   <si>
     <t>ZSIR008</t>
   </si>
   <si>
     <t>Zsìros, 2008</t>
   </si>
   <si>
     <t>Zsìros T., 2008. Studies on earthquakes in Hungary (1000-1899). NERIES NA4 collaboration's report. Georisk, Budapest.</t>
   </si>
   <si>
-    <t>File downloaded the 5th March 2026 at 11:54 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
+    <t>File downloaded the 25th March 2026 at 16:43 from European Archive of Historical EArthquake Data, https://www.emidius.eu/AHEAD/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>